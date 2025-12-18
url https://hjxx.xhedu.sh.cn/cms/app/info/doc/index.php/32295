--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -2,307 +2,385 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="JPG" ContentType="image/.jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:dbsheet="http://web.wps.cn/et/2021/dbsheet">
   <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
-    <workbookView windowWidth="21000" windowHeight="9075"/>
+    <workbookView windowWidth="20745" windowHeight="9675"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="96">
   <si>
     <t>龙神标准套餐菜品卡（15元系列）</t>
   </si>
   <si>
     <t>用餐人数：（自填）</t>
   </si>
   <si>
-    <t>2025年10月9日（第六周）星期四</t>
+    <t>2025年11月3日（第十周）星期一</t>
   </si>
   <si>
-    <t>2025年月日（第周）星期四</t>
+    <t>2025年11月6日（第十周）星期四</t>
   </si>
   <si>
     <t xml:space="preserve"> 类别</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="宋体"/>
         <charset val="134"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="宋体"/>
         <charset val="134"/>
       </rPr>
       <t>名称</t>
     </r>
   </si>
   <si>
     <t>原料名称</t>
   </si>
   <si>
     <t>订货量（斤）</t>
   </si>
   <si>
     <t>大荤</t>
   </si>
   <si>
-    <t>洋葱牛肉，锅包肉</t>
+    <t>咖喱鸡腿，红烧大排</t>
   </si>
   <si>
-    <t>牛肉70g，洋葱20g</t>
+    <t>鸡腿100g</t>
+  </si>
+  <si>
+    <t>锅包肉，杏鲍菇鸡片</t>
   </si>
   <si>
     <t>锅包肉70g</t>
   </si>
   <si>
+    <t>大排70g</t>
+  </si>
+  <si>
+    <t>鸡片60g,杏鲍菇10g</t>
+  </si>
+  <si>
     <t>次荤</t>
   </si>
   <si>
-    <t>椒盐排条</t>
+    <t>油面筋塞肉</t>
   </si>
   <si>
-    <t>椒盐排条30g</t>
+    <t>油面筋塞肉30g</t>
+  </si>
+  <si>
+    <t>荷包蛋</t>
+  </si>
+  <si>
+    <t>荷包蛋40g</t>
   </si>
   <si>
     <t>小荤</t>
   </si>
   <si>
-    <t>芹菜肉丝</t>
+    <t>番茄炒蛋</t>
   </si>
   <si>
-    <t>芹菜60g</t>
+    <t>番茄50g</t>
+  </si>
+  <si>
+    <t>白菜肉丝</t>
+  </si>
+  <si>
+    <t>白菜60g</t>
+  </si>
+  <si>
+    <t>鸡蛋10g</t>
   </si>
   <si>
     <t>肉丝15g</t>
   </si>
   <si>
     <t>素菜</t>
   </si>
   <si>
-    <t>蒜泥白菜</t>
+    <t>青菜</t>
   </si>
   <si>
-    <t>白菜65g</t>
+    <t>青菜65g</t>
+  </si>
+  <si>
+    <t>蚝油生菜</t>
+  </si>
+  <si>
+    <t>油生菜65g</t>
   </si>
   <si>
     <t>汤品</t>
   </si>
   <si>
-    <t>紫菜蛋汤</t>
+    <t>菌菇豆腐汤</t>
   </si>
   <si>
-    <t>干紫菜2g</t>
+    <t>菌菇15g</t>
   </si>
   <si>
-    <t>鸡蛋10g</t>
+    <t>西湖牛肉羹</t>
+  </si>
+  <si>
+    <t>牛肉5g</t>
+  </si>
+  <si>
+    <t>豆腐20g</t>
+  </si>
+  <si>
+    <t>豆腐20g,荠菜2.5g</t>
   </si>
   <si>
     <t>点心</t>
   </si>
   <si>
     <t>蒸玉米</t>
   </si>
   <si>
     <t>玉米棒50g</t>
   </si>
   <si>
+    <t>蒸山芋</t>
+  </si>
+  <si>
+    <t>山芋40g</t>
+  </si>
+  <si>
     <t>主食</t>
   </si>
   <si>
     <t>米饭</t>
   </si>
   <si>
     <t>大米60g</t>
   </si>
   <si>
-    <t>2025年10月11日（第六周）星期四</t>
+    <t>2025年11月4日（第十周）星期二</t>
   </si>
   <si>
-    <t>2025年月日（第周）星期五</t>
+    <t>2025年11月7日（第十周）星期五</t>
   </si>
   <si>
-    <t>基围虾，红烧鸡腿</t>
+    <t>肉饼蒸蛋，馋嘴鸭</t>
   </si>
   <si>
-    <t>基围虾70g</t>
+    <t>肉糜65g鸡蛋10g</t>
   </si>
   <si>
     <t>花式饭</t>
-  </si>
-[...43 lines deleted...]
-    <t>2025年10月11日（第六周）星期六</t>
   </si>
   <si>
     <t>花色炒饭</t>
   </si>
   <si>
     <t>三色菜10g</t>
   </si>
   <si>
-    <t>2025年月日（第周）星期</t>
+    <t>馋嘴鸭100g</t>
   </si>
   <si>
     <t>肉糜10g</t>
   </si>
   <si>
+    <t>虾皮芹菜</t>
+  </si>
+  <si>
+    <t>芹菜65g</t>
+  </si>
+  <si>
     <t>米饭60g</t>
   </si>
   <si>
-    <t>蒸卤肉排，红烧肉圆</t>
+    <t>虾皮2.5g</t>
   </si>
   <si>
-    <t>蒸卤肉排80g</t>
+    <t>卡兹鸡排，糖醋排条</t>
   </si>
   <si>
-    <t>肉圆40g*2</t>
+    <t>卡兹鸡排100g</t>
   </si>
   <si>
-    <t>捞汁西葫芦</t>
+    <t>肉糜海带</t>
   </si>
   <si>
-    <t>西葫芦60g</t>
+    <t>海带60g</t>
   </si>
   <si>
-    <t>窝窝头</t>
+    <t>排条70g</t>
   </si>
   <si>
-    <t>窝窝头23.5g</t>
+    <t>肉米15g</t>
+  </si>
+  <si>
+    <t>蔬菜</t>
+  </si>
+  <si>
+    <t>花菜肉片</t>
+  </si>
+  <si>
+    <t>花菜60g</t>
+  </si>
+  <si>
+    <t>蒜泥白菜</t>
+  </si>
+  <si>
+    <t>白菜65g</t>
+  </si>
+  <si>
+    <t>肉片15g</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>z榨菜蛋汤</t>
+  </si>
+  <si>
+    <t>榨菜5g</t>
+  </si>
+  <si>
+    <t>千丝卷</t>
+  </si>
+  <si>
+    <t>千丝卷30g</t>
   </si>
   <si>
     <t>罗宋汤</t>
   </si>
   <si>
     <t>卷心菜10g</t>
   </si>
   <si>
+    <t>蒸南瓜</t>
+  </si>
+  <si>
+    <t>南瓜40g</t>
+  </si>
+  <si>
     <t>土豆8g</t>
   </si>
   <si>
     <t>方腿5g</t>
   </si>
   <si>
-    <t>果汁</t>
+    <t>水果</t>
   </si>
   <si>
-    <t>果汁250</t>
+    <t>水果100g</t>
+  </si>
+  <si>
+    <t>2025年11月5日（第十周）星期三</t>
+  </si>
+  <si>
+    <t>2025年月日（第周）星期</t>
+  </si>
+  <si>
+    <t>油豆腐烧肉，本帮炒酱</t>
+  </si>
+  <si>
+    <t>猪肉70g，油泡10g</t>
+  </si>
+  <si>
+    <t>肉丁60g，笋丁20g，香干10g</t>
+  </si>
+  <si>
+    <t>干锅包菜</t>
+  </si>
+  <si>
+    <t>卷心菜60g</t>
+  </si>
+  <si>
+    <t>芙蓉包</t>
+  </si>
+  <si>
+    <t>芙蓉包30g</t>
+  </si>
+  <si>
+    <t>酸辣汤</t>
+  </si>
+  <si>
+    <t>鸭血20g</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
   <numFmts count="5">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="176" formatCode="0.00_ "/>
   </numFmts>
   <fonts count="47">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="宋体"/>
       <charset val="134"/>
@@ -1952,51 +2030,51 @@
     <cellStyle name="20% - 强调文字颜色 6" xfId="46" builtinId="50"/>
     <cellStyle name="40% - 强调文字颜色 6" xfId="47" builtinId="51"/>
     <cellStyle name="60% - 强调文字颜色 6" xfId="48" builtinId="52"/>
     <cellStyle name="常规 8" xfId="49"/>
     <cellStyle name="常规 7 2 2" xfId="50"/>
     <cellStyle name="常规 8 2" xfId="51"/>
     <cellStyle name="常规 2 2 2" xfId="52"/>
     <cellStyle name="常规 7 2" xfId="53"/>
     <cellStyle name="常规 2 2" xfId="54"/>
     <cellStyle name="常规 2 3" xfId="55"/>
     <cellStyle name="常规 2 3 2" xfId="56"/>
     <cellStyle name="常规 2" xfId="57"/>
     <cellStyle name="常规 2 4" xfId="58"/>
     <cellStyle name="常规 3" xfId="59"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="图片 1"/>
         <xdr:cNvPicPr>
@@ -2065,165 +2143,165 @@
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="图片 3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5010150" y="3181350"/>
+          <a:off x="5010150" y="3692525"/>
           <a:ext cx="685800" cy="381000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>635</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="图片 4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="635" y="3133725"/>
+          <a:off x="635" y="3644900"/>
           <a:ext cx="685165" cy="381000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="图片 6"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="6343650"/>
+          <a:off x="0" y="7239000"/>
           <a:ext cx="685800" cy="381000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="图片 5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5010150" y="6762750"/>
+          <a:off x="5010150" y="7658100"/>
           <a:ext cx="685800" cy="381000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -2483,52 +2561,52 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr/>
   <dimension ref="A1:XEZ48"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A9" workbookViewId="0">
-      <selection activeCell="C49" sqref="C49"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="P11" sqref="P11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.25"/>
   <cols>
     <col min="3" max="3" width="14.625" customWidth="1"/>
     <col min="5" max="5" width="4.875" customWidth="1"/>
     <col min="6" max="6" width="10.25" customWidth="1"/>
     <col min="10" max="10" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2"/>
       <c r="B1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="5"/>
       <c r="F1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="7"/>
       <c r="H1" s="2"/>
       <c r="I1" s="3" t="s">
         <v>0</v>
@@ -2571,457 +2649,505 @@
       <c r="C3" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="13"/>
       <c r="E3" s="13"/>
       <c r="F3" s="13"/>
       <c r="G3" s="14" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>5</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>6</v>
       </c>
       <c r="K3" s="13"/>
       <c r="L3" s="13"/>
       <c r="M3" s="13"/>
       <c r="N3" s="14" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" customHeight="1" spans="1:14">
+    <row r="4" ht="35" customHeight="1" spans="1:14">
       <c r="A4" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="16" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="18"/>
       <c r="E4" s="18"/>
       <c r="F4" s="19"/>
       <c r="G4" s="20"/>
       <c r="H4" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="25"/>
-      <c r="J4" s="17"/>
+      <c r="I4" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="J4" s="17" t="s">
+        <v>12</v>
+      </c>
       <c r="K4" s="18"/>
       <c r="L4" s="18"/>
       <c r="M4" s="19"/>
       <c r="N4" s="92"/>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" ht="24" spans="1:14">
       <c r="A5" s="21"/>
       <c r="B5" s="22"/>
       <c r="C5" s="23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" s="18"/>
       <c r="E5" s="18"/>
       <c r="F5" s="19"/>
       <c r="G5" s="20"/>
       <c r="H5" s="21"/>
       <c r="I5" s="25"/>
-      <c r="J5" s="23"/>
+      <c r="J5" s="23" t="s">
+        <v>14</v>
+      </c>
       <c r="K5" s="18"/>
       <c r="L5" s="18"/>
       <c r="M5" s="19"/>
       <c r="N5" s="92"/>
     </row>
     <row r="6" ht="34.5" customHeight="1" spans="1:14">
       <c r="A6" s="24" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B6" s="25" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C6" s="25" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D6" s="26"/>
       <c r="E6" s="27"/>
       <c r="F6" s="19"/>
       <c r="G6" s="20"/>
       <c r="H6" s="24" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
-      <c r="I6" s="25"/>
-      <c r="J6" s="25"/>
+      <c r="I6" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="J6" s="25" t="s">
+        <v>19</v>
+      </c>
       <c r="K6" s="26"/>
       <c r="L6" s="27"/>
       <c r="M6" s="54"/>
       <c r="N6" s="20"/>
     </row>
     <row r="7" customHeight="1" spans="1:14">
       <c r="A7" s="24" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B7" s="28" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C7" s="29" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D7" s="30"/>
       <c r="E7" s="30"/>
       <c r="F7" s="19"/>
       <c r="G7" s="20"/>
       <c r="H7" s="24" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
-      <c r="I7" s="93"/>
-      <c r="J7" s="55"/>
+      <c r="I7" s="93" t="s">
+        <v>23</v>
+      </c>
+      <c r="J7" s="55" t="s">
+        <v>24</v>
+      </c>
       <c r="K7" s="53"/>
       <c r="L7" s="53"/>
       <c r="M7" s="54"/>
       <c r="N7" s="20"/>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="24"/>
       <c r="B8" s="28"/>
       <c r="C8" s="31" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D8" s="30"/>
       <c r="E8" s="30"/>
       <c r="F8" s="19"/>
       <c r="G8" s="20"/>
       <c r="H8" s="24"/>
       <c r="I8" s="93"/>
-      <c r="J8" s="55"/>
+      <c r="J8" s="55" t="s">
+        <v>26</v>
+      </c>
       <c r="K8" s="53"/>
       <c r="L8" s="53"/>
       <c r="M8" s="54"/>
       <c r="N8" s="20"/>
     </row>
     <row r="9" customHeight="1" spans="1:14">
       <c r="A9" s="24" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="B9" s="17" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="C9" s="31" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D9" s="18"/>
       <c r="E9" s="18"/>
       <c r="F9" s="19"/>
       <c r="G9" s="20"/>
       <c r="H9" s="24" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
-      <c r="I9" s="94"/>
-      <c r="J9" s="55"/>
+      <c r="I9" s="94" t="s">
+        <v>30</v>
+      </c>
+      <c r="J9" s="55" t="s">
+        <v>31</v>
+      </c>
       <c r="K9" s="53"/>
       <c r="L9" s="53"/>
       <c r="M9" s="54"/>
       <c r="N9" s="20"/>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="24"/>
       <c r="B10" s="17"/>
       <c r="C10" s="32"/>
       <c r="D10" s="18"/>
       <c r="E10" s="18"/>
       <c r="F10" s="19"/>
       <c r="G10" s="20"/>
       <c r="H10" s="24"/>
       <c r="I10" s="94"/>
       <c r="J10" s="55"/>
       <c r="K10" s="53"/>
       <c r="L10" s="53"/>
       <c r="M10" s="54"/>
       <c r="N10" s="20"/>
     </row>
     <row r="11" customHeight="1" spans="1:14">
       <c r="A11" s="24" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B11" s="33" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="C11" s="23" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D11" s="34"/>
       <c r="E11" s="35"/>
       <c r="F11" s="19"/>
       <c r="G11" s="20"/>
       <c r="H11" s="24" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
-      <c r="I11" s="95"/>
-      <c r="J11" s="55"/>
+      <c r="I11" s="95" t="s">
+        <v>35</v>
+      </c>
+      <c r="J11" s="55" t="s">
+        <v>36</v>
+      </c>
       <c r="K11" s="96"/>
       <c r="L11" s="97"/>
       <c r="M11" s="54"/>
       <c r="N11" s="20"/>
     </row>
-    <row r="12" spans="1:14">
+    <row r="12" ht="24" spans="1:14">
       <c r="A12" s="24"/>
       <c r="B12" s="36"/>
       <c r="C12" s="23" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D12" s="37"/>
       <c r="E12" s="38"/>
       <c r="F12" s="19"/>
       <c r="G12" s="20"/>
       <c r="H12" s="24"/>
       <c r="I12" s="98"/>
-      <c r="J12" s="55"/>
+      <c r="J12" s="55" t="s">
+        <v>38</v>
+      </c>
       <c r="K12" s="99"/>
       <c r="L12" s="100"/>
       <c r="M12" s="54"/>
       <c r="N12" s="20"/>
     </row>
     <row r="13" customHeight="1" spans="1:14">
       <c r="A13" s="24" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="B13" s="23" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="C13" s="23" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="D13" s="18"/>
       <c r="E13" s="18"/>
       <c r="F13" s="19"/>
       <c r="G13" s="20"/>
       <c r="H13" s="24" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
-      <c r="I13" s="23"/>
-      <c r="J13" s="23"/>
+      <c r="I13" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="J13" s="23" t="s">
+        <v>43</v>
+      </c>
       <c r="K13" s="18"/>
       <c r="L13" s="18"/>
       <c r="M13" s="54"/>
       <c r="N13" s="20"/>
     </row>
     <row r="14" ht="15" spans="1:14">
       <c r="A14" s="24" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="B14" s="23" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="D14" s="18"/>
       <c r="E14" s="18"/>
       <c r="F14" s="19"/>
       <c r="G14" s="20"/>
       <c r="H14" s="15" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
-      <c r="I14" s="52"/>
-      <c r="J14" s="80"/>
+      <c r="I14" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="J14" s="23" t="s">
+        <v>46</v>
+      </c>
       <c r="K14" s="101"/>
       <c r="L14" s="101"/>
       <c r="M14" s="102"/>
       <c r="N14" s="56"/>
     </row>
     <row r="15" ht="15" customHeight="1" spans="1:14">
       <c r="A15" s="39"/>
       <c r="B15" s="39"/>
       <c r="C15" s="39"/>
       <c r="D15" s="39"/>
       <c r="E15" s="39"/>
       <c r="F15" s="39"/>
       <c r="G15" s="40"/>
       <c r="H15" s="41"/>
       <c r="I15" s="39"/>
       <c r="J15" s="39"/>
       <c r="K15" s="39"/>
       <c r="L15" s="39"/>
       <c r="M15" s="39"/>
       <c r="N15" s="40"/>
     </row>
     <row r="16" ht="15" customHeight="1" spans="1:14">
       <c r="A16" s="42"/>
       <c r="B16" s="43" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="43"/>
       <c r="D16" s="43"/>
       <c r="E16" s="43"/>
       <c r="F16" s="44" t="s">
         <v>1</v>
       </c>
       <c r="G16" s="45"/>
       <c r="H16" s="2"/>
       <c r="I16" s="3" t="s">
         <v>0</v>
       </c>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="5"/>
       <c r="M16" s="6" t="s">
         <v>1</v>
       </c>
       <c r="N16" s="73"/>
     </row>
     <row r="17" ht="17.25" customHeight="1" spans="1:14">
       <c r="A17" s="46"/>
       <c r="B17" s="9" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="47"/>
       <c r="G17" s="48"/>
       <c r="H17" s="8"/>
       <c r="I17" s="9" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="J17" s="9"/>
       <c r="K17" s="9"/>
       <c r="L17" s="9"/>
       <c r="M17" s="10"/>
       <c r="N17" s="75"/>
     </row>
     <row r="18" ht="21" customHeight="1" spans="1:14">
       <c r="A18" s="49" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="50" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="50" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="50"/>
       <c r="E18" s="50"/>
       <c r="F18" s="50"/>
       <c r="G18" s="51" t="s">
         <v>7</v>
       </c>
       <c r="H18" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>5</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>6</v>
       </c>
       <c r="K18" s="13"/>
       <c r="L18" s="13"/>
       <c r="M18" s="13"/>
       <c r="N18" s="14" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="19" customHeight="1" spans="1:14">
       <c r="A19" s="24" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="16" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="C19" s="52" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D19" s="53"/>
       <c r="E19" s="53"/>
       <c r="F19" s="54"/>
       <c r="G19" s="20"/>
       <c r="H19" s="24" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
-      <c r="I19" s="28"/>
-      <c r="J19" s="78"/>
+      <c r="I19" s="28" t="s">
+        <v>52</v>
+      </c>
+      <c r="J19" s="78" t="s">
+        <v>53</v>
+      </c>
       <c r="K19" s="30"/>
       <c r="L19" s="30"/>
       <c r="M19" s="19"/>
       <c r="N19" s="20"/>
     </row>
-    <row r="20" customHeight="1" spans="1:14">
+    <row r="20" ht="24" customHeight="1" spans="1:14">
       <c r="A20" s="24"/>
       <c r="B20" s="22"/>
       <c r="C20" s="55" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="D20" s="53"/>
       <c r="E20" s="53"/>
       <c r="F20" s="54"/>
       <c r="G20" s="20"/>
       <c r="H20" s="24"/>
       <c r="I20" s="28"/>
-      <c r="J20" s="79"/>
+      <c r="J20" s="79" t="s">
+        <v>55</v>
+      </c>
       <c r="K20" s="30"/>
       <c r="L20" s="30"/>
       <c r="M20" s="19"/>
       <c r="N20" s="20"/>
     </row>
     <row r="21" customHeight="1" spans="1:14">
       <c r="A21" s="15" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B21" s="16" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="C21" s="52" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="D21" s="34"/>
       <c r="E21" s="35"/>
       <c r="F21" s="19"/>
       <c r="G21" s="56"/>
       <c r="H21" s="24"/>
       <c r="I21" s="28"/>
-      <c r="J21" s="80"/>
+      <c r="J21" s="80" t="s">
+        <v>58</v>
+      </c>
       <c r="K21" s="30"/>
       <c r="L21" s="30"/>
       <c r="M21" s="19"/>
       <c r="N21" s="56"/>
     </row>
     <row r="22" s="1" customFormat="1" ht="24" customHeight="1" spans="1:16380">
       <c r="A22" s="21"/>
       <c r="B22" s="22"/>
-      <c r="C22" s="23"/>
+      <c r="C22" s="23" t="s">
+        <v>59</v>
+      </c>
       <c r="D22" s="57"/>
       <c r="E22" s="58"/>
       <c r="F22" s="19"/>
       <c r="G22" s="20"/>
       <c r="H22" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="I22" s="103"/>
-      <c r="J22" s="79"/>
+      <c r="I22" s="103" t="s">
+        <v>60</v>
+      </c>
+      <c r="J22" s="79" t="s">
+        <v>61</v>
+      </c>
       <c r="K22" s="66"/>
       <c r="L22" s="67"/>
       <c r="M22" s="19"/>
       <c r="N22" s="20"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22"/>
       <c r="V22"/>
       <c r="W22"/>
       <c r="X22"/>
       <c r="Y22"/>
       <c r="Z22"/>
       <c r="AA22"/>
       <c r="AB22"/>
       <c r="AC22"/>
       <c r="AD22"/>
       <c r="AE22"/>
       <c r="AF22"/>
       <c r="AG22"/>
       <c r="AH22"/>
       <c r="AI22"/>
@@ -19349,583 +19475,607 @@
       <c r="XEC22"/>
       <c r="XED22"/>
       <c r="XEE22"/>
       <c r="XEF22"/>
       <c r="XEG22"/>
       <c r="XEH22"/>
       <c r="XEI22"/>
       <c r="XEJ22"/>
       <c r="XEK22"/>
       <c r="XEL22"/>
       <c r="XEM22"/>
       <c r="XEN22"/>
       <c r="XEO22"/>
       <c r="XEP22"/>
       <c r="XEQ22"/>
       <c r="XER22"/>
       <c r="XES22"/>
       <c r="XET22"/>
       <c r="XEU22"/>
       <c r="XEV22"/>
       <c r="XEW22"/>
       <c r="XEX22"/>
       <c r="XEY22"/>
       <c r="XEZ22"/>
     </row>
-    <row r="23" customHeight="1" spans="1:14">
+    <row r="23" ht="25" customHeight="1" spans="1:14">
       <c r="A23" s="59" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B23" s="60" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="C23" s="61" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="D23" s="62"/>
       <c r="E23" s="63"/>
       <c r="F23" s="19"/>
       <c r="G23" s="64"/>
       <c r="H23" s="21"/>
       <c r="I23" s="65"/>
-      <c r="J23" s="61"/>
+      <c r="J23" s="61" t="s">
+        <v>64</v>
+      </c>
       <c r="K23" s="69"/>
       <c r="L23" s="70"/>
       <c r="M23" s="19"/>
       <c r="N23" s="81"/>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="21"/>
       <c r="B24" s="65"/>
       <c r="C24" s="23" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="D24" s="62"/>
       <c r="E24" s="63"/>
       <c r="F24" s="19"/>
       <c r="G24" s="20"/>
       <c r="H24" s="15" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
-      <c r="I24" s="82"/>
-      <c r="J24" s="31"/>
+      <c r="I24" s="82" t="s">
+        <v>67</v>
+      </c>
+      <c r="J24" s="31" t="s">
+        <v>68</v>
+      </c>
       <c r="K24" s="66"/>
       <c r="L24" s="67"/>
       <c r="M24" s="19"/>
       <c r="N24" s="20"/>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="15" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="B25" s="33" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="C25" s="23" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="D25" s="66"/>
       <c r="E25" s="67"/>
       <c r="F25" s="19"/>
       <c r="G25" s="20"/>
       <c r="H25" s="59"/>
       <c r="I25" s="83"/>
-      <c r="J25" s="31"/>
+      <c r="J25" s="31" t="s">
+        <v>71</v>
+      </c>
       <c r="K25" s="62"/>
       <c r="L25" s="63"/>
       <c r="M25" s="19"/>
       <c r="N25" s="20"/>
     </row>
     <row r="26" customHeight="1" spans="1:14">
       <c r="A26" s="21"/>
       <c r="B26" s="68"/>
-      <c r="C26" s="23"/>
+      <c r="C26" s="23" t="s">
+        <v>72</v>
+      </c>
       <c r="D26" s="69"/>
       <c r="E26" s="70"/>
       <c r="F26" s="19"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="84"/>
       <c r="J26" s="31"/>
       <c r="K26" s="69"/>
       <c r="L26" s="70"/>
       <c r="M26" s="19"/>
       <c r="N26" s="20"/>
     </row>
     <row r="27" customHeight="1" spans="1:14">
       <c r="A27" s="24" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B27" s="33" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="C27" s="71" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="D27" s="34"/>
       <c r="E27" s="35"/>
       <c r="F27" s="19"/>
       <c r="G27" s="20"/>
       <c r="H27" s="24" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
-      <c r="I27" s="29"/>
-      <c r="J27" s="29"/>
+      <c r="I27" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="J27" s="23" t="s">
+        <v>76</v>
+      </c>
       <c r="K27" s="30"/>
       <c r="L27" s="30"/>
       <c r="M27" s="19"/>
       <c r="N27" s="85"/>
     </row>
-    <row r="28" customHeight="1" spans="1:14">
+    <row r="28" ht="24" customHeight="1" spans="1:14">
       <c r="A28" s="24"/>
       <c r="B28" s="68"/>
       <c r="C28" s="23" t="s">
         <v>25</v>
       </c>
       <c r="D28" s="57"/>
       <c r="E28" s="58"/>
       <c r="F28" s="19"/>
       <c r="G28" s="20"/>
       <c r="H28" s="24" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
-      <c r="I28" s="29"/>
-      <c r="J28" s="31"/>
+      <c r="I28" s="29" t="s">
+        <v>77</v>
+      </c>
+      <c r="J28" s="31" t="s">
+        <v>78</v>
+      </c>
       <c r="K28" s="66"/>
       <c r="L28" s="67"/>
       <c r="M28" s="19"/>
       <c r="N28" s="85"/>
     </row>
     <row r="29" customHeight="1" spans="1:14">
       <c r="A29" s="24" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="B29" s="23" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>49</v>
+        <v>80</v>
       </c>
       <c r="D29" s="18"/>
       <c r="E29" s="18"/>
       <c r="F29" s="19"/>
       <c r="G29" s="20"/>
       <c r="H29" s="24"/>
       <c r="I29" s="29"/>
-      <c r="J29" s="31"/>
+      <c r="J29" s="31" t="s">
+        <v>81</v>
+      </c>
       <c r="K29" s="62"/>
       <c r="L29" s="63"/>
       <c r="M29" s="19"/>
       <c r="N29" s="85"/>
     </row>
     <row r="30" customHeight="1" spans="1:14">
       <c r="A30" s="24" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="B30" s="23" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="D30" s="18"/>
       <c r="E30" s="18"/>
       <c r="F30" s="19"/>
       <c r="G30" s="20"/>
       <c r="H30" s="24"/>
       <c r="I30" s="29"/>
-      <c r="J30" s="86"/>
+      <c r="J30" s="86" t="s">
+        <v>82</v>
+      </c>
       <c r="K30" s="62"/>
       <c r="L30" s="63"/>
       <c r="M30" s="19"/>
       <c r="N30" s="85"/>
     </row>
     <row r="31" ht="15" spans="1:14">
       <c r="A31" s="41"/>
       <c r="B31" s="39"/>
       <c r="C31" s="39"/>
       <c r="D31" s="39"/>
       <c r="E31" s="39"/>
       <c r="F31" s="39"/>
       <c r="G31" s="40"/>
       <c r="H31" s="72" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
-      <c r="I31" s="29"/>
-      <c r="J31" s="29"/>
+      <c r="I31" s="88" t="s">
+        <v>83</v>
+      </c>
+      <c r="J31" s="88" t="s">
+        <v>84</v>
+      </c>
       <c r="K31" s="30"/>
       <c r="L31" s="30"/>
       <c r="M31" s="19"/>
       <c r="N31" s="20"/>
     </row>
     <row r="32" ht="15" customHeight="1" spans="1:14">
       <c r="A32" s="2"/>
       <c r="B32" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="5"/>
       <c r="F32" s="6" t="s">
         <v>1</v>
       </c>
       <c r="G32" s="73"/>
       <c r="H32" s="74"/>
       <c r="I32" s="104"/>
       <c r="J32" s="105"/>
       <c r="K32" s="106"/>
       <c r="L32" s="106"/>
       <c r="M32" s="107"/>
       <c r="N32" s="108"/>
     </row>
     <row r="33" ht="21" customHeight="1" spans="1:14">
       <c r="A33" s="8"/>
       <c r="B33" s="9" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="C33" s="9"/>
       <c r="D33" s="9"/>
       <c r="E33" s="9"/>
       <c r="F33" s="10"/>
       <c r="G33" s="75"/>
       <c r="H33" s="76"/>
       <c r="I33" s="109"/>
       <c r="J33" s="110"/>
       <c r="K33" s="111"/>
       <c r="L33" s="111"/>
       <c r="M33" s="112"/>
       <c r="N33" s="113"/>
     </row>
     <row r="34" ht="21.75" spans="1:14">
       <c r="A34" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B34" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="13"/>
       <c r="G34" s="14" t="s">
         <v>7</v>
       </c>
       <c r="H34" s="77"/>
       <c r="I34" s="43" t="s">
         <v>0</v>
       </c>
       <c r="J34" s="43"/>
       <c r="K34" s="43"/>
       <c r="L34" s="43"/>
       <c r="M34" s="44" t="s">
         <v>1</v>
       </c>
       <c r="N34" s="45"/>
     </row>
     <row r="35" customHeight="1" spans="1:14">
       <c r="A35" s="24" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="B35" s="28" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="78" t="s">
         <v>53</v>
       </c>
       <c r="D35" s="30"/>
       <c r="E35" s="30"/>
       <c r="F35" s="19"/>
       <c r="G35" s="20"/>
       <c r="H35" s="77"/>
       <c r="I35" s="9" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="J35" s="9"/>
       <c r="K35" s="9"/>
       <c r="L35" s="9"/>
       <c r="M35" s="47"/>
       <c r="N35" s="48"/>
     </row>
     <row r="36" ht="21" spans="1:14">
       <c r="A36" s="24"/>
       <c r="B36" s="28"/>
       <c r="C36" s="79" t="s">
         <v>55</v>
       </c>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="19"/>
       <c r="G36" s="20"/>
       <c r="H36" s="49" t="s">
         <v>4</v>
       </c>
       <c r="I36" s="50" t="s">
         <v>5</v>
       </c>
       <c r="J36" s="50" t="s">
         <v>6</v>
       </c>
       <c r="K36" s="50"/>
       <c r="L36" s="50"/>
       <c r="M36" s="50"/>
       <c r="N36" s="51" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="37" ht="24" customHeight="1" spans="1:14">
       <c r="A37" s="24"/>
       <c r="B37" s="28"/>
       <c r="C37" s="80" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D37" s="30"/>
       <c r="E37" s="30"/>
       <c r="F37" s="19"/>
       <c r="G37" s="56"/>
       <c r="H37" s="24" t="s">
         <v>8</v>
       </c>
       <c r="I37" s="16"/>
       <c r="J37" s="52"/>
       <c r="K37" s="53"/>
       <c r="L37" s="53"/>
       <c r="M37" s="54"/>
       <c r="N37" s="20"/>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="16" t="s">
-        <v>57</v>
+        <v>87</v>
       </c>
       <c r="C38" s="52" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="D38" s="66"/>
       <c r="E38" s="67"/>
       <c r="F38" s="19"/>
       <c r="G38" s="20"/>
       <c r="H38" s="24"/>
       <c r="I38" s="22"/>
       <c r="J38" s="55"/>
       <c r="K38" s="53"/>
       <c r="L38" s="53"/>
       <c r="M38" s="54"/>
       <c r="N38" s="20"/>
     </row>
-    <row r="39" ht="18" customHeight="1" spans="1:14">
+    <row r="39" ht="30" customHeight="1" spans="1:14">
       <c r="A39" s="21"/>
       <c r="B39" s="22"/>
       <c r="C39" s="55" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="D39" s="69"/>
       <c r="E39" s="70"/>
       <c r="F39" s="19"/>
       <c r="G39" s="81"/>
       <c r="H39" s="15" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I39" s="16"/>
       <c r="J39" s="52"/>
       <c r="K39" s="34"/>
       <c r="L39" s="35"/>
       <c r="M39" s="19"/>
       <c r="N39" s="56"/>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="15" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="B40" s="82" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="C40" s="31" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="D40" s="66"/>
       <c r="E40" s="67"/>
       <c r="F40" s="19"/>
       <c r="G40" s="20"/>
       <c r="H40" s="21"/>
       <c r="I40" s="22"/>
       <c r="J40" s="23"/>
       <c r="K40" s="57"/>
       <c r="L40" s="58"/>
       <c r="M40" s="19"/>
       <c r="N40" s="20"/>
     </row>
     <row r="41" customHeight="1" spans="1:14">
       <c r="A41" s="59"/>
       <c r="B41" s="83"/>
       <c r="C41" s="31" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="D41" s="62"/>
       <c r="E41" s="63"/>
       <c r="F41" s="19"/>
       <c r="G41" s="20"/>
       <c r="H41" s="59" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I41" s="60"/>
       <c r="J41" s="61"/>
       <c r="K41" s="62"/>
       <c r="L41" s="63"/>
       <c r="M41" s="19"/>
       <c r="N41" s="64"/>
     </row>
     <row r="42" ht="4.5" hidden="1" customHeight="1" spans="1:14">
       <c r="A42" s="21"/>
       <c r="B42" s="84"/>
       <c r="C42" s="31"/>
       <c r="D42" s="69"/>
       <c r="E42" s="70"/>
       <c r="F42" s="19"/>
       <c r="G42" s="20"/>
       <c r="H42" s="21"/>
       <c r="I42" s="65"/>
       <c r="J42" s="23"/>
       <c r="K42" s="62"/>
       <c r="L42" s="63"/>
       <c r="M42" s="19"/>
       <c r="N42" s="20"/>
     </row>
     <row r="43" customHeight="1" spans="1:14">
       <c r="A43" s="24" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="B43" s="29" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="C43" s="29" t="s">
-        <v>63</v>
+        <v>93</v>
       </c>
       <c r="D43" s="30"/>
       <c r="E43" s="30"/>
       <c r="F43" s="19"/>
       <c r="G43" s="85"/>
       <c r="H43" s="15" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="I43" s="33"/>
       <c r="J43" s="23"/>
       <c r="K43" s="66"/>
       <c r="L43" s="67"/>
       <c r="M43" s="19"/>
       <c r="N43" s="20"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="24" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B44" s="29" t="s">
-        <v>64</v>
+        <v>94</v>
       </c>
       <c r="C44" s="31" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="D44" s="66"/>
       <c r="E44" s="67"/>
       <c r="F44" s="19"/>
       <c r="G44" s="85"/>
       <c r="H44" s="21"/>
       <c r="I44" s="68"/>
       <c r="J44" s="23"/>
       <c r="K44" s="69"/>
       <c r="L44" s="70"/>
       <c r="M44" s="19"/>
       <c r="N44" s="20"/>
     </row>
     <row r="45" customHeight="1" spans="1:14">
       <c r="A45" s="24"/>
       <c r="B45" s="29"/>
       <c r="C45" s="31" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="D45" s="62"/>
       <c r="E45" s="63"/>
       <c r="F45" s="19"/>
       <c r="G45" s="85"/>
       <c r="H45" s="24" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="I45" s="33"/>
       <c r="J45" s="23"/>
       <c r="K45" s="34"/>
       <c r="L45" s="35"/>
       <c r="M45" s="19"/>
       <c r="N45" s="20"/>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="24"/>
       <c r="B46" s="29"/>
-      <c r="C46" s="86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C46" s="86"/>
       <c r="D46" s="62"/>
       <c r="E46" s="63"/>
       <c r="F46" s="19"/>
       <c r="G46" s="85"/>
       <c r="H46" s="24"/>
       <c r="I46" s="68"/>
       <c r="J46" s="23"/>
       <c r="K46" s="57"/>
       <c r="L46" s="58"/>
       <c r="M46" s="19"/>
       <c r="N46" s="20"/>
     </row>
     <row r="47" ht="15" spans="1:14">
       <c r="A47" s="87" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="B47" s="88" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="C47" s="88" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D47" s="89"/>
       <c r="E47" s="89"/>
       <c r="F47" s="90"/>
       <c r="G47" s="91"/>
       <c r="H47" s="24" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="I47" s="23"/>
       <c r="J47" s="23"/>
       <c r="K47" s="18"/>
       <c r="L47" s="18"/>
       <c r="M47" s="19"/>
       <c r="N47" s="20"/>
     </row>
     <row r="48" spans="8:14">
       <c r="H48" s="24" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="I48" s="23"/>
       <c r="J48" s="23"/>
       <c r="K48" s="18"/>
       <c r="L48" s="18"/>
       <c r="M48" s="19"/>
       <c r="N48" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="135">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="I1:L1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="I2:L2"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="K3:L3"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="K14:L14"/>
     <mergeCell ref="A15:G15"/>
     <mergeCell ref="H15:N15"/>
     <mergeCell ref="B16:E16"/>
@@ -20107,29 +20257,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>77C44FF5403B475F83B1BFA6FCD470DE_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.16399</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.23125</vt:lpwstr>
   </property>
 </Properties>
 </file>